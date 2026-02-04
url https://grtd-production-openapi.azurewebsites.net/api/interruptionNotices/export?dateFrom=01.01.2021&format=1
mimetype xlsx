--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Interruption Notices" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1547" uniqueCount="1547">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1593" uniqueCount="1593">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>bFZK Oberkappel Entry</t>
   </si>
   <si>
     <t>bFZK Waidhaus Entry</t>
   </si>
   <si>
     <t>10/01/2021</t>
   </si>
   <si>
     <t>Interruptible</t>
   </si>
   <si>
     <t>10/02/2021</t>
   </si>
   <si>
     <t>10/03/2021</t>
   </si>
   <si>
     <t>10/04/2021</t>
   </si>
   <si>
@@ -4646,115 +4646,253 @@
     <t>12/12/2025</t>
   </si>
   <si>
     <t>12/13/2025</t>
   </si>
   <si>
     <t>12/14/2025</t>
   </si>
   <si>
     <t>12/15/2025</t>
   </si>
   <si>
     <t>12/16/2025</t>
   </si>
   <si>
     <t>12/17/2025</t>
   </si>
   <si>
     <t>12/18/2025</t>
   </si>
   <si>
     <t>12/19/2025</t>
   </si>
   <si>
     <t>12/20/2025</t>
+  </si>
+  <si>
+    <t>12/21/2025</t>
+  </si>
+  <si>
+    <t>12/22/2025</t>
+  </si>
+  <si>
+    <t>12/23/2025</t>
+  </si>
+  <si>
+    <t>12/24/2025</t>
+  </si>
+  <si>
+    <t>12/25/2025</t>
+  </si>
+  <si>
+    <t>12/26/2025</t>
+  </si>
+  <si>
+    <t>12/27/2025</t>
+  </si>
+  <si>
+    <t>12/28/2025</t>
+  </si>
+  <si>
+    <t>12/29/2025</t>
+  </si>
+  <si>
+    <t>12/30/2025</t>
+  </si>
+  <si>
+    <t>12/31/2025</t>
+  </si>
+  <si>
+    <t>1/01/2026</t>
+  </si>
+  <si>
+    <t>1/02/2026</t>
+  </si>
+  <si>
+    <t>1/03/2026</t>
+  </si>
+  <si>
+    <t>1/04/2026</t>
+  </si>
+  <si>
+    <t>1/05/2026</t>
+  </si>
+  <si>
+    <t>1/06/2026</t>
+  </si>
+  <si>
+    <t>1/07/2026</t>
+  </si>
+  <si>
+    <t>1/08/2026</t>
+  </si>
+  <si>
+    <t>1/09/2026</t>
+  </si>
+  <si>
+    <t>1/10/2026</t>
+  </si>
+  <si>
+    <t>1/11/2026</t>
+  </si>
+  <si>
+    <t>1/12/2026</t>
+  </si>
+  <si>
+    <t>1/13/2026</t>
+  </si>
+  <si>
+    <t>1/14/2026</t>
+  </si>
+  <si>
+    <t>1/15/2026</t>
+  </si>
+  <si>
+    <t>1/16/2026</t>
+  </si>
+  <si>
+    <t>1/17/2026</t>
+  </si>
+  <si>
+    <t>1/18/2026</t>
+  </si>
+  <si>
+    <t>1/19/2026</t>
+  </si>
+  <si>
+    <t>1/20/2026</t>
+  </si>
+  <si>
+    <t>1/21/2026</t>
+  </si>
+  <si>
+    <t>1/22/2026</t>
+  </si>
+  <si>
+    <t>1/23/2026</t>
+  </si>
+  <si>
+    <t>1/24/2026</t>
+  </si>
+  <si>
+    <t>1/25/2026</t>
+  </si>
+  <si>
+    <t>1/26/2026</t>
+  </si>
+  <si>
+    <t>1/27/2026</t>
+  </si>
+  <si>
+    <t>1/28/2026</t>
+  </si>
+  <si>
+    <t>1/29/2026</t>
+  </si>
+  <si>
+    <t>1/30/2026</t>
+  </si>
+  <si>
+    <t>1/31/2026</t>
+  </si>
+  <si>
+    <t>2/01/2026</t>
+  </si>
+  <si>
+    <t>2/02/2026</t>
+  </si>
+  <si>
+    <t>2/03/2026</t>
+  </si>
+  <si>
+    <t>2/04/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C1543">
-  <autoFilter ref="A1:C1543"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C1589">
+  <autoFilter ref="A1:C1589"/>
   <tableColumns count="3">
     <tableColumn id="1" name="Date"/>
     <tableColumn id="2" name="bFZK Oberkappel Entry"/>
     <tableColumn id="3" name="bFZK Waidhaus Entry"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
-  <dimension ref="A1:C1543"/>
+  <dimension ref="A1:C1589"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -21689,32 +21827,538 @@
         <v>4</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="0" t="s">
         <v>1545</v>
       </c>
       <c r="B1542" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C1542" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="0" t="s">
         <v>1546</v>
       </c>
       <c r="B1543" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C1543" s="0" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="1544">
+      <c r="A1544" s="0" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B1544" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1544" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1545">
+      <c r="A1545" s="0" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B1545" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1545" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1546">
+      <c r="A1546" s="0" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B1546" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1546" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1547">
+      <c r="A1547" s="0" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B1547" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1547" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1548">
+      <c r="A1548" s="0" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B1548" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1548" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1549">
+      <c r="A1549" s="0" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B1549" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1549" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1550">
+      <c r="A1550" s="0" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B1550" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1550" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1551">
+      <c r="A1551" s="0" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B1551" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1551" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1552">
+      <c r="A1552" s="0" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B1552" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1552" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1553">
+      <c r="A1553" s="0" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B1553" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1553" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1554">
+      <c r="A1554" s="0" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B1554" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1554" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1555">
+      <c r="A1555" s="0" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B1555" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1555" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1556">
+      <c r="A1556" s="0" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B1556" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1556" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1557">
+      <c r="A1557" s="0" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B1557" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1557" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1558">
+      <c r="A1558" s="0" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B1558" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1558" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1559">
+      <c r="A1559" s="0" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B1559" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1559" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1560">
+      <c r="A1560" s="0" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B1560" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1560" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1561">
+      <c r="A1561" s="0" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B1561" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1561" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1562">
+      <c r="A1562" s="0" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B1562" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1562" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1563">
+      <c r="A1563" s="0" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B1563" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1563" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1564">
+      <c r="A1564" s="0" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B1564" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1564" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1565">
+      <c r="A1565" s="0" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B1565" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1565" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1566">
+      <c r="A1566" s="0" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B1566" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1566" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1567">
+      <c r="A1567" s="0" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B1567" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1567" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1568">
+      <c r="A1568" s="0" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B1568" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1568" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1569">
+      <c r="A1569" s="0" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B1569" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1569" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1570">
+      <c r="A1570" s="0" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B1570" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1570" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1571">
+      <c r="A1571" s="0" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B1571" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1571" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1572">
+      <c r="A1572" s="0" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B1572" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1572" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1573">
+      <c r="A1573" s="0" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B1573" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1573" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1574">
+      <c r="A1574" s="0" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B1574" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1574" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1575">
+      <c r="A1575" s="0" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B1575" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1575" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1576">
+      <c r="A1576" s="0" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B1576" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1576" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1577">
+      <c r="A1577" s="0" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B1577" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1577" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1578">
+      <c r="A1578" s="0" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B1578" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1578" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1579">
+      <c r="A1579" s="0" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B1579" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1579" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1580">
+      <c r="A1580" s="0" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B1580" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1580" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1581">
+      <c r="A1581" s="0" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B1581" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1581" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1582">
+      <c r="A1582" s="0" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B1582" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1582" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1583">
+      <c r="A1583" s="0" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B1583" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1583" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1584">
+      <c r="A1584" s="0" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B1584" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1584" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1585">
+      <c r="A1585" s="0" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B1585" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1585" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1586">
+      <c r="A1586" s="0" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B1586" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1586" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1587">
+      <c r="A1587" s="0" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B1587" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1587" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1588">
+      <c r="A1588" s="0" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B1588" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1588" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1589">
+      <c r="A1589" s="0" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B1589" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1589" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>