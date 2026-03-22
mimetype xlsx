--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Interruption Notices" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1593" uniqueCount="1593">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1639" uniqueCount="1639">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>bFZK Oberkappel Entry</t>
   </si>
   <si>
     <t>bFZK Waidhaus Entry</t>
   </si>
   <si>
     <t>10/01/2021</t>
   </si>
   <si>
     <t>Interruptible</t>
   </si>
   <si>
     <t>10/02/2021</t>
   </si>
   <si>
     <t>10/03/2021</t>
   </si>
   <si>
     <t>10/04/2021</t>
   </si>
   <si>
@@ -4784,115 +4784,253 @@
     <t>1/27/2026</t>
   </si>
   <si>
     <t>1/28/2026</t>
   </si>
   <si>
     <t>1/29/2026</t>
   </si>
   <si>
     <t>1/30/2026</t>
   </si>
   <si>
     <t>1/31/2026</t>
   </si>
   <si>
     <t>2/01/2026</t>
   </si>
   <si>
     <t>2/02/2026</t>
   </si>
   <si>
     <t>2/03/2026</t>
   </si>
   <si>
     <t>2/04/2026</t>
+  </si>
+  <si>
+    <t>2/05/2026</t>
+  </si>
+  <si>
+    <t>2/06/2026</t>
+  </si>
+  <si>
+    <t>2/07/2026</t>
+  </si>
+  <si>
+    <t>2/08/2026</t>
+  </si>
+  <si>
+    <t>2/09/2026</t>
+  </si>
+  <si>
+    <t>2/10/2026</t>
+  </si>
+  <si>
+    <t>2/11/2026</t>
+  </si>
+  <si>
+    <t>2/12/2026</t>
+  </si>
+  <si>
+    <t>2/13/2026</t>
+  </si>
+  <si>
+    <t>2/14/2026</t>
+  </si>
+  <si>
+    <t>2/15/2026</t>
+  </si>
+  <si>
+    <t>2/16/2026</t>
+  </si>
+  <si>
+    <t>2/17/2026</t>
+  </si>
+  <si>
+    <t>2/18/2026</t>
+  </si>
+  <si>
+    <t>2/19/2026</t>
+  </si>
+  <si>
+    <t>2/20/2026</t>
+  </si>
+  <si>
+    <t>2/21/2026</t>
+  </si>
+  <si>
+    <t>2/22/2026</t>
+  </si>
+  <si>
+    <t>2/23/2026</t>
+  </si>
+  <si>
+    <t>2/24/2026</t>
+  </si>
+  <si>
+    <t>2/25/2026</t>
+  </si>
+  <si>
+    <t>2/26/2026</t>
+  </si>
+  <si>
+    <t>2/27/2026</t>
+  </si>
+  <si>
+    <t>2/28/2026</t>
+  </si>
+  <si>
+    <t>3/01/2026</t>
+  </si>
+  <si>
+    <t>3/02/2026</t>
+  </si>
+  <si>
+    <t>3/03/2026</t>
+  </si>
+  <si>
+    <t>3/04/2026</t>
+  </si>
+  <si>
+    <t>3/05/2026</t>
+  </si>
+  <si>
+    <t>3/06/2026</t>
+  </si>
+  <si>
+    <t>3/07/2026</t>
+  </si>
+  <si>
+    <t>3/08/2026</t>
+  </si>
+  <si>
+    <t>3/09/2026</t>
+  </si>
+  <si>
+    <t>3/10/2026</t>
+  </si>
+  <si>
+    <t>3/11/2026</t>
+  </si>
+  <si>
+    <t>3/12/2026</t>
+  </si>
+  <si>
+    <t>3/13/2026</t>
+  </si>
+  <si>
+    <t>3/14/2026</t>
+  </si>
+  <si>
+    <t>3/15/2026</t>
+  </si>
+  <si>
+    <t>3/16/2026</t>
+  </si>
+  <si>
+    <t>3/17/2026</t>
+  </si>
+  <si>
+    <t>3/18/2026</t>
+  </si>
+  <si>
+    <t>3/19/2026</t>
+  </si>
+  <si>
+    <t>3/20/2026</t>
+  </si>
+  <si>
+    <t>3/21/2026</t>
+  </si>
+  <si>
+    <t>3/22/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C1589">
-  <autoFilter ref="A1:C1589"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C1635">
+  <autoFilter ref="A1:C1635"/>
   <tableColumns count="3">
     <tableColumn id="1" name="Date"/>
     <tableColumn id="2" name="bFZK Oberkappel Entry"/>
     <tableColumn id="3" name="bFZK Waidhaus Entry"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
-  <dimension ref="A1:C1589"/>
+  <dimension ref="A1:C1635"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -22333,32 +22471,538 @@
         <v>4</v>
       </c>
     </row>
     <row r="1588">
       <c r="A1588" s="0" t="s">
         <v>1591</v>
       </c>
       <c r="B1588" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C1588" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="1589">
       <c r="A1589" s="0" t="s">
         <v>1592</v>
       </c>
       <c r="B1589" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C1589" s="0" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="1590">
+      <c r="A1590" s="0" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1590" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1590" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1591">
+      <c r="A1591" s="0" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B1591" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1591" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1592">
+      <c r="A1592" s="0" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B1592" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1592" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1593">
+      <c r="A1593" s="0" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B1593" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1593" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1594">
+      <c r="A1594" s="0" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B1594" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1594" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1595">
+      <c r="A1595" s="0" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B1595" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1595" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1596">
+      <c r="A1596" s="0" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B1596" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1596" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1597">
+      <c r="A1597" s="0" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B1597" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1597" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1598">
+      <c r="A1598" s="0" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B1598" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1598" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1599">
+      <c r="A1599" s="0" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B1599" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1599" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1600">
+      <c r="A1600" s="0" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B1600" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1600" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1601">
+      <c r="A1601" s="0" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B1601" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1601" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1602">
+      <c r="A1602" s="0" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B1602" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1602" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1603">
+      <c r="A1603" s="0" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B1603" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1603" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1604">
+      <c r="A1604" s="0" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B1604" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1604" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1605">
+      <c r="A1605" s="0" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B1605" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1605" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1606">
+      <c r="A1606" s="0" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B1606" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1606" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1607">
+      <c r="A1607" s="0" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B1607" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1607" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1608">
+      <c r="A1608" s="0" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B1608" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1608" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1609">
+      <c r="A1609" s="0" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B1609" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1609" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1610">
+      <c r="A1610" s="0" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B1610" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1610" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1611">
+      <c r="A1611" s="0" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B1611" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1611" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1612">
+      <c r="A1612" s="0" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B1612" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1612" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1613">
+      <c r="A1613" s="0" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B1613" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1613" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1614">
+      <c r="A1614" s="0" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B1614" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1614" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1615">
+      <c r="A1615" s="0" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B1615" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1615" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1616">
+      <c r="A1616" s="0" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B1616" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1616" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1617">
+      <c r="A1617" s="0" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1617" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1617" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1618">
+      <c r="A1618" s="0" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B1618" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1618" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1619">
+      <c r="A1619" s="0" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B1619" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1619" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1620">
+      <c r="A1620" s="0" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B1620" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1620" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1621">
+      <c r="A1621" s="0" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B1621" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1621" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1622">
+      <c r="A1622" s="0" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B1622" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1622" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1623">
+      <c r="A1623" s="0" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B1623" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1623" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1624">
+      <c r="A1624" s="0" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B1624" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1624" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1625">
+      <c r="A1625" s="0" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B1625" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1625" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1626">
+      <c r="A1626" s="0" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B1626" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1626" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1627">
+      <c r="A1627" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B1627" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1627" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1628">
+      <c r="A1628" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B1628" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1628" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1629">
+      <c r="A1629" s="0" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B1629" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1629" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1630">
+      <c r="A1630" s="0" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B1630" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1630" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1631">
+      <c r="A1631" s="0" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B1631" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1631" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1632">
+      <c r="A1632" s="0" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B1632" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1632" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1633">
+      <c r="A1633" s="0" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B1633" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1633" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1634">
+      <c r="A1634" s="0" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1634" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1634" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1635">
+      <c r="A1635" s="0" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B1635" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1635" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>